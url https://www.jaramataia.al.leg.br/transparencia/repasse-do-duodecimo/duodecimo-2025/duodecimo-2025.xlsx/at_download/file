--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -331,51 +331,51 @@
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -429,50 +429,53 @@
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -819,166 +822,166 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+      <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.33203125" style="7" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="21" customWidth="1"/>
     <col min="3" max="3" width="13.6640625" style="24" customWidth="1"/>
     <col min="4" max="6" width="11.6640625" style="7" customWidth="1"/>
     <col min="7" max="7" width="11.5546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="9.6640625" style="7" customWidth="1"/>
     <col min="9" max="9" width="10.88671875" style="7" customWidth="1"/>
     <col min="10" max="10" width="13.6640625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="40" t="s">
+      <c r="A1" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="B1" s="40"/>
-[...7 lines deleted...]
-      <c r="J1" s="40"/>
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+      <c r="H1" s="41"/>
+      <c r="I1" s="41"/>
+      <c r="J1" s="41"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="40"/>
-[...8 lines deleted...]
-      <c r="J2" s="40"/>
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A3" s="40"/>
-[...8 lines deleted...]
-      <c r="J3" s="40"/>
+      <c r="A3" s="41"/>
+      <c r="B3" s="41"/>
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="40"/>
-[...8 lines deleted...]
-      <c r="J4" s="40"/>
+      <c r="A4" s="41"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A5" s="40"/>
-[...8 lines deleted...]
-      <c r="J5" s="40"/>
+      <c r="A5" s="41"/>
+      <c r="B5" s="41"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="41"/>
+      <c r="I5" s="41"/>
+      <c r="J5" s="41"/>
     </row>
     <row r="6" spans="1:10" s="3" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A6" s="39"/>
-[...8 lines deleted...]
-      <c r="J6" s="39"/>
+      <c r="A6" s="40"/>
+      <c r="B6" s="40"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
     </row>
     <row r="7" spans="1:10" s="3" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A7" s="39" t="s">
+      <c r="A7" s="40" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="39"/>
-[...7 lines deleted...]
-      <c r="J7" s="39"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
+      <c r="H7" s="40"/>
+      <c r="I7" s="40"/>
+      <c r="J7" s="40"/>
     </row>
     <row r="8" spans="1:10" s="3" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A8" s="41" t="s">
+      <c r="A8" s="42" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="41"/>
-[...7 lines deleted...]
-      <c r="J8" s="41"/>
+      <c r="B8" s="42"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
     </row>
     <row r="9" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="23" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>14</v>
@@ -1077,112 +1080,136 @@
     <row r="14" spans="1:10" s="6" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A14" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="27">
         <v>45797</v>
       </c>
       <c r="C14" s="28">
         <v>154194.16</v>
       </c>
       <c r="D14" s="34"/>
       <c r="E14" s="30"/>
       <c r="F14" s="30"/>
       <c r="G14" s="30"/>
       <c r="H14" s="30"/>
       <c r="I14" s="30"/>
       <c r="J14" s="15">
         <f t="shared" si="0"/>
         <v>154194.16</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B15" s="31"/>
-      <c r="C15" s="32"/>
+      <c r="B15" s="31">
+        <v>45826</v>
+      </c>
+      <c r="C15" s="32">
+        <v>154194.16</v>
+      </c>
       <c r="D15" s="18"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="33"/>
       <c r="H15" s="33"/>
       <c r="I15" s="33"/>
       <c r="J15" s="17">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>154194.16</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="4" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B16" s="27"/>
-      <c r="C16" s="28"/>
+      <c r="B16" s="27">
+        <v>45856</v>
+      </c>
+      <c r="C16" s="28">
+        <v>154194.16</v>
+      </c>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="15">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>154194.16</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="4" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="31"/>
-[...4 lines deleted...]
-      <c r="G17" s="33"/>
+      <c r="B17" s="31">
+        <v>45875</v>
+      </c>
+      <c r="C17" s="32">
+        <v>20286.27</v>
+      </c>
+      <c r="D17" s="39">
+        <v>45889</v>
+      </c>
+      <c r="E17" s="32">
+        <v>154194.16</v>
+      </c>
+      <c r="F17" s="39">
+        <v>45889</v>
+      </c>
+      <c r="G17" s="32">
+        <v>20286.27</v>
+      </c>
       <c r="H17" s="33"/>
       <c r="I17" s="33"/>
       <c r="J17" s="17">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>194766.69999999998</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="5" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="B18" s="27"/>
-      <c r="C18" s="28"/>
+      <c r="B18" s="27">
+        <v>45919</v>
+      </c>
+      <c r="C18" s="28">
+        <v>154194.16</v>
+      </c>
       <c r="D18" s="35"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="15">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>154194.16</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="32"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
       <c r="I19" s="20"/>
       <c r="J19" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="1" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A20" s="25" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="27"/>
       <c r="C20" s="28"/>
@@ -1211,67 +1238,67 @@
       <c r="I21" s="33"/>
       <c r="J21" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="5" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
       <c r="B22" s="37"/>
       <c r="C22" s="38"/>
       <c r="D22" s="30"/>
       <c r="E22" s="30"/>
       <c r="F22" s="30"/>
       <c r="G22" s="30"/>
       <c r="H22" s="30"/>
       <c r="I22" s="30"/>
       <c r="J22" s="15"/>
     </row>
     <row r="23" spans="1:10" s="5" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="17">
         <f>SUM(C10:C22)</f>
-        <v>689825.72000000009</v>
+        <v>1172694.4700000002</v>
       </c>
       <c r="D23" s="16"/>
       <c r="E23" s="17">
         <f>SUM(E10:E22)</f>
-        <v>0</v>
+        <v>154194.16</v>
       </c>
       <c r="F23" s="16"/>
       <c r="G23" s="17">
         <f>SUM(G10:G22)</f>
-        <v>0</v>
+        <v>20286.27</v>
       </c>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="17">
         <f>SUM(J10:J22)</f>
-        <v>689825.72000000009</v>
+        <v>1347174.9000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A7:J7"/>
     <mergeCell ref="A6:J6"/>
     <mergeCell ref="A1:J5"/>
     <mergeCell ref="A8:J8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>